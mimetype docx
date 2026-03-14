--- v0 (2025-10-27)
+++ v1 (2026-03-14)
@@ -1,2235 +1,5840 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3ADCF22E" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
-      <w:pPr>
+    <w:p w14:paraId="04A11DCD" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Souhlas se zpracováním osobních údajů</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49439D9C" w14:textId="0DD96F4C" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="3400E3CA" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="62"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t xml:space="preserve">Udělujete tímto souhlas </w:t>
       </w:r>
       <w:r>
         <w:t>Úřadu pro mezinárodněprávní ochranu dětí</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t xml:space="preserve">, se sídlem </w:t>
       </w:r>
       <w:r>
-        <w:t>Šilingrovo náměstí 3/4</w:t>
+        <w:t>Kounicova 683/14</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t xml:space="preserve">, IČ: </w:t>
       </w:r>
       <w:r>
         <w:t>000 25 402</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
-        <w:t xml:space="preserve"> (dále jen „Správce“), aby ve smyslu nařízení Evropského parlamentu a Rady (EU) č. 2016/679 o </w:t>
+        <w:t xml:space="preserve"> (dále jen „Správce“), aby ve smyslu nařízení Evropského parlamentu a Rady (EU) č. 2016/679 </w:t>
+      </w:r>
+      <w:r w:rsidR="0031178D">
+        <w:t xml:space="preserve">ze dne 27. dubna 2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775907">
+        <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ochraně fyzických osob v souvislosti se zpracováním osobních údajů a o volném pohybu těchto údajů a o zrušení směrnice 95/46/ES (obecné nařízení o ochraně osobních údajů) </w:t>
+        <w:t>ochraně fyzických osob v souvislosti se zpracováním osobních údajů a o volném pohybu těchto údajů a o zrušení směrnice 95/46/ES (obecné nařízení o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775907">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ochraně osobních údajů) </w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t>(dále jen „Nařízení“)</w:t>
       </w:r>
-      <w:r w:rsidR="005A38FF">
+      <w:r>
         <w:t xml:space="preserve"> ve znění pozdějších předpisů,</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t xml:space="preserve"> zpracovával </w:t>
       </w:r>
-      <w:r w:rsidR="0002471F">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>, zejména tyto:</w:t>
+        <w:t>Vámi poskytnuté osobní údaje, zejména tyto:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42024DC7" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="212F9D91" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>jméno a příjmení</w:t>
       </w:r>
       <w:r>
         <w:t>, příp. titul,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6E988B" w14:textId="77777777" w:rsidR="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="3ABC8DB5" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>adresa trvalého bydliště,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DEF0C0" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="6E951DE9" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>datum narození,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C6D116" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="69A96695" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>e-mail</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735022F0" w14:textId="77777777" w:rsidR="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="22D1548C" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>telefonní číslo</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64594B65" w14:textId="77777777" w:rsidR="00775907" w:rsidRDefault="000142B4" w:rsidP="00775907">
+    <w:p w14:paraId="53A54059" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">dosažené </w:t>
-[...2 lines deleted...]
-        <w:t>vzdělání,</w:t>
+        <w:t>dosažené vzdělání,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AE456C" w14:textId="77777777" w:rsidR="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="05A266BC" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>dosavadní praxi, včetně případného přehledu získaných kvalifikačních certifikátů,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AA1102" w14:textId="77777777" w:rsidR="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="424BE9F4" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="61"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>další osobní údaje, jako napří</w:t>
+        <w:t>další osobní údaje, jako např. další znalosti, dovednosti, charakteristické vlastnosti či zájmy.</w:t>
       </w:r>
-      <w:r w:rsidR="0081307C">
-        <w:t xml:space="preserve">klad další znalosti, dovednosti, </w:t>
+    </w:p>
+    <w:p w14:paraId="755AFD32" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+        <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vámi poskytnuté osobní údaje, uvedené zejména ve Vašem životopise,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775907">
+        <w:t xml:space="preserve"> je možné zpracovat na základě Vámi uděleného souhlasu za účelem </w:t>
       </w:r>
       <w:r>
-        <w:t>charakteristické vlastnosti</w:t>
+        <w:t>evidence možných uchazečů o volná pracovní nebo služební místa Správce v době, kdy není vyhlášeno žádné výběrové řízení</w:t>
       </w:r>
-      <w:r w:rsidR="0081307C">
-        <w:t xml:space="preserve"> či zájmy</w:t>
+      <w:r w:rsidRPr="00775907">
+        <w:t>. Tyto údaje budou Správcem zpracová</w:t>
       </w:r>
       <w:r>
+        <w:t>vá</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775907">
+        <w:t>ny</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nejvýše po dobu dvou let</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775907">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5B4C39" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00583167" w:rsidP="00775907">
+    <w:p w14:paraId="3EB052E9" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="62"/>
         </w:numPr>
-      </w:pPr>
-[...42 lines deleted...]
-        </w:numPr>
+        <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="437"/>
       </w:pPr>
       <w:r w:rsidRPr="001823A4">
         <w:t xml:space="preserve">Zpracování osobních údajů je prováděno </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pouze </w:t>
       </w:r>
       <w:r w:rsidRPr="001823A4">
         <w:t>Správcem</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001823A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009221E9">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>o volná pracovní nebo služební</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> na poskytnutém kontaktu a bude mu předána informace o výběrovém řízení, do kterého se může v případě trvajícího zájmu přihlásit.</w:t>
+        <w:t>Poskytnuté údaje budou předány personalistce do databáze evidence uchazečů o volná pracovní nebo služební místa Správce. Poskytnuté údaje nebudou předávány žádným dalším zpracovatelům, ani nebudou využívány k žádným jiným než výše uvedeným účelům. V případě, že se u Správce uvolní místo vhodné pro uchazeče v databázi, bude uchazeč vyrozuměn na poskytnutém kontaktu a bude mu předána informace o výběrovém řízení, do kterého se může v případě trvajícího zájmu přihlásit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7875AD6F" w14:textId="1E2B4C63" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="0D699648" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="62"/>
         </w:numPr>
+        <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>S výše uvedeným zpracováním udělujete svůj výslovný souhlas. Poskytnutí osobních údajů je dobrovolné. Souhlas lze vzít kdykoliv zpět, a to například zasláním e</w:t>
       </w:r>
-      <w:r w:rsidR="001823A4">
+      <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t xml:space="preserve">mailu </w:t>
       </w:r>
-      <w:r w:rsidR="001823A4">
-        <w:t xml:space="preserve">na podatelnu </w:t>
+      <w:r>
+        <w:t xml:space="preserve">na podatelnu Správce </w:t>
       </w:r>
-      <w:r w:rsidR="001D491D">
-[...6 lines deleted...]
-        <w:r w:rsidR="001823A4" w:rsidRPr="00802613">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00836BD2" w:rsidRPr="00122B08">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
-          <w:t>podatelna@umpod.cz</w:t>
+          <w:t>podatelna@umpod.gov.cz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001823A4">
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558B718F" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="26B6EF45" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="62"/>
         </w:numPr>
+        <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="578"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
+        <w:lastRenderedPageBreak/>
         <w:t>Vezměte, prosíme, na vědomí, že podle Nařízení máte právo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61906D10" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="5305FCDD" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="63"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>vzít souhlas kdykoliv zpět,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB4F126" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="27C2791D" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="63"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>po</w:t>
       </w:r>
-      <w:r w:rsidR="001823A4">
+      <w:r>
         <w:t>žadovat po nás informaci, jaké V</w:t>
       </w:r>
       <w:r w:rsidRPr="00775907">
         <w:t>aše osobní údaje zpracováváme, žádat si kopii těchto údajů,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4494460D" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="6AAD044E" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="63"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
-        <w:lastRenderedPageBreak/>
         <w:t>vyžádat si u nás přístup k těmto údajům a tyto nechat aktualizovat nebo opravit, popřípadě požadovat omezení zpracování,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07503552" w14:textId="77777777" w:rsidR="00775907" w:rsidRPr="00775907" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="0A8B1C13" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="63"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>požadovat po nás výmaz těchto osobních údajů,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB4A6D8" w14:textId="77777777" w:rsidR="008F068C" w:rsidRDefault="00775907" w:rsidP="00775907">
+    <w:p w14:paraId="15C0C26C" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="63"/>
         </w:numPr>
+        <w:spacing w:before="264" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00775907">
         <w:t>podat stížnost u Úřadu pro ochranu osobních údajů nebo se obrátit na soud</w:t>
       </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B1A410A" w14:textId="09DC724F" w:rsidR="00775907" w:rsidRDefault="008F068C" w:rsidP="008F068C">
-[...1 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="1EEF6195" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="153"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Bližší informace jsou uvedeny na webových stránkách Správce </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="002E0998" w:rsidRPr="00882581">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00882581">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>www.umpod.cz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002E0998">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> )</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00775907" w:rsidRPr="00775907">
+      <w:r w:rsidRPr="00775907">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293DE397" w14:textId="77777777" w:rsidR="001823A4" w:rsidRDefault="001823A4" w:rsidP="001823A4"/>
-    <w:p w14:paraId="4650F238" w14:textId="77777777" w:rsidR="00B92C64" w:rsidRPr="00775907" w:rsidRDefault="00B92C64" w:rsidP="00B92C64">
+    <w:p w14:paraId="607F5B62" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3"/>
+    <w:p w14:paraId="10E198AB" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00775907" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:spacing w:before="840"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:r w:rsidRPr="008E7BC3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dne </w:t>
       </w:r>
       <w:r w:rsidRPr="008E7BC3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008E7BC3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>měsíce</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7BC3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A692A6F" w14:textId="77777777" w:rsidR="00B92C64" w:rsidRDefault="00B92C64" w:rsidP="00B92C64">
+    <w:p w14:paraId="39AA9856" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:pPr>
         <w:spacing w:before="1200"/>
       </w:pPr>
       <w:r>
-        <w:t>………………………………</w:t>
-[...2 lines deleted...]
-        <w:t>………………..</w:t>
+        <w:t>………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8DA0DE" w14:textId="77777777" w:rsidR="00A816BC" w:rsidRPr="00B92C64" w:rsidRDefault="00B92C64" w:rsidP="00775907">
+    <w:p w14:paraId="60A2E844" w14:textId="77777777" w:rsidR="00EC2BA3" w:rsidRPr="00B92C64" w:rsidRDefault="00EC2BA3" w:rsidP="00EC2BA3">
       <w:r w:rsidRPr="008E7BC3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jméno a příjmení </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> + vlastnoruční podpis</w:t>
+        <w:t>Jméno a příjmení (uchazeče) + vlastnoruční podpis</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A816BC" w:rsidRPr="00B92C64" w:rsidSect="00C90023">
-[...2 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId11"/>
+    <w:p w14:paraId="64B56E6A" w14:textId="77777777" w:rsidR="00576149" w:rsidRPr="00EC2BA3" w:rsidRDefault="00576149" w:rsidP="00EC2BA3"/>
+    <w:sectPr w:rsidR="00576149" w:rsidRPr="00EC2BA3" w:rsidSect="007A7E9C">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="2098" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="584" w:gutter="0"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1702" w:right="1134" w:bottom="1899" w:left="1134" w:header="0" w:footer="1089" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="163E30B0" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478">
+    <w:p w14:paraId="525313BA" w14:textId="77777777" w:rsidR="00B67793" w:rsidRDefault="00B67793" w:rsidP="004751FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADE8DD3" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03E07BFB" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478">
+    <w:p w14:paraId="28BD0802" w14:textId="77777777" w:rsidR="00B67793" w:rsidRDefault="00B67793" w:rsidP="004751FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560108CD" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="33ACC6F1" w14:textId="77777777" w:rsidR="0058564D" w:rsidRDefault="0058564D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5DA50B7C" w14:textId="77777777" w:rsidR="005130AE" w:rsidRPr="00EC0FEA" w:rsidRDefault="00000000" w:rsidP="005130AE">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="478EFDCB">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="Textové pole 25" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-4.1pt;width:57.75pt;height:21.8pt;z-index:4;visibility:visible;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZxxAqVwIAAJcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGjEQvlfqO1i+NwuEQIuyRDQRVSWU&#10;RIIqZ+P1hpW8Htc27NI36nP0xfLZC4SmPVXlYMYz4/n5vpm9vmlrzXbK+YpMzvsXPc6UkVRU5jnn&#10;31bzDx8580GYQmgyKud75fnN9P2768ZO1IA2pAvlGIIYP2lszjch2EmWeblRtfAXZJWBsSRXi4Cr&#10;e84KJxpEr3U26PVGWUOusI6k8h7au87Ipyl+WSoZHsrSq8B0zlFbSKdL5zqe2fRaTJ6dsJtKHsoQ&#10;/1BFLSqDpKdQdyIItnXVH6HqSjryVIYLSXVGZVlJlXpAN/3em26WG2FV6gXgeHuCyf+/sPJ+9+hY&#10;VeR8cMWZETU4Wqk20O7XT2ZJKwY9QGqsn8B3aeEd2s/Uguyj3kMZe29LV8d/dMVgB9z7E8QIySSU&#10;48vLwXDEmYRpMB6NuujZ62PrfPiiqGZRyLkDgwlYsVv4gELgenSJuTzpqphXWqfL3t9qx3YCZGNG&#10;Cmo408IHKHM+T79YM0L89kwb1uR8dHnVS5kMxXidnzZwj713PUYptOs2AXbqf03FHrA46qbLWzmv&#10;UPwCmR+FwzgBCaxIeMBRakIuOkicbcj9+Js++oNlWDlrMJ4599+3wik09NWA/0/94TDOc7oMr8YD&#10;XNy5ZX1uMdv6lgBKH8toZRKjf9BHsXRUP2GTZjErTMJI5M55OIq3oVsabKJUs1lywgRbERZmaWUM&#10;HRmI1KzaJ+Hsgb8A4u/pOMhi8obGzje+NDTbBiqrxHHEuUP1AD+mP/F22NS4Xuf35PX6PZm+AAAA&#10;//8DAFBLAwQUAAYACAAAACEARnMaatoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3FonpUFVyKZCSFyRaEvPbrzEEfY6st027dfjnuA4mtHMm2Y9OStOFOLgGaGcFyCIO68H&#10;7hF22/fZCkRMirWyngnhQhHW7f1do2rtz/xJp03qRS7hWCsEk9JYSxk7Q07FuR+Js/ftg1Mpy9BL&#10;HdQ5lzsrF0XxLJ0aOC8YNdKboe5nc3QI+95d91/lGIx2dskf18t25wfEx4fp9QVEoin9heGGn9Gh&#10;zUwHf2QdhUXIRxLCbLUAcXPLqgJxQHiqliDbRv7Hb38BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAmccQKlcCAACXBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEARnMaatoAAAAGAQAADwAAAAAAAAAAAAAAAACxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;" stroked="f" strokeweight=".5pt">
+          <v:textbox>
+            <w:txbxContent>
+              <w:p w14:paraId="23A37BE5" w14:textId="77777777" w:rsidR="005130AE" w:rsidRPr="005130AE" w:rsidRDefault="005130AE" w:rsidP="005130AE">
+                <w:pPr>
+                  <w:pStyle w:val="Zpat"/>
+                  <w:spacing w:line="312" w:lineRule="auto"/>
+                  <w:ind w:left="-142"/>
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>1</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>1</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="51D4D070" w14:textId="77777777" w:rsidR="005130AE" w:rsidRPr="005130AE" w:rsidRDefault="005130AE" w:rsidP="005130AE">
+                <w:pPr>
+                  <w:ind w:left="-142"/>
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                  </w:rPr>
+                </w:pPr>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FB68F28" w14:textId="77777777" w:rsidR="00FF5821" w:rsidRPr="00EC0FEA" w:rsidRDefault="00000000" w:rsidP="005130AE">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="53AB29F0">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="Grafický objekt 11" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:414.7pt;margin-top:6.25pt;width:66.75pt;height:22pt;z-index:16;visibility:visible;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin">
+          <v:imagedata r:id="rId1" o:title=""/>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="6874CA2E">
+        <v:line id="Přímá spojnice 9" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;z-index:15;visibility:visible" from="270.5pt,25.1pt" to="480.15pt,25.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv4Ezj0gEAAHMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjuaykO7CaC5SxiOJui&#10;NdD2AGOKlFjwBw5j2UfpsgfoKYLeq0PacfPZBfWCnu+beTOjxc3eGraTEbV3Lb+Y1JxJJ3ynXd/y&#10;79/WH644wwSuA+OdbPlBIr9Zvn+3GEMjp37wppOREYjDZgwtH1IKTVWhGKQFnPggHTmVjxYSqbGv&#10;uggjoVtTTet6Xo0+diF6IRHJujo6+bLgKyVF+qIUysRMy6m3VN5Y3m1+q+UCmj5CGLQ4tQFv6MKC&#10;dlT0DLWCBOw+6ldQVovo0as0Ed5WXiktZOFAbC7qF2y+DhBk4ULDwXAeE/4/WPF5t4lMdy2/5syB&#10;pRVt/vx8+G0ffjEM/oej/th1HtMYsKHoW7eJJw3DJmbOexVt/ic2bF9GeziPVu4TE2SczufT2WzG&#10;mXj0Vf8SQ8R0J71lWWi50S6zhgZ2nzBRMQp9DMlm59famLI549jY8vnljHYrgO5HGUgk2kCM0PWc&#10;genpMEWKBRG90V3OzjgY++2tiWwH+Tjqy/XHQpSqPQvLpVeAwzGuuI5nY3Wi2zXatvyqzr9spmzj&#10;Mros13cikId3HFeWtr47lClWWaPNlrTTFebTeaqT/PRbWf4FAAD//wMAUEsDBBQABgAIAAAAIQCD&#10;kfQO3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEs6YEBpOgFiuzPG&#10;gZvXmLaicaom3Qq/HiMOcLP9np6/Vywn36k9DbENbCGbGVDEVXAt1xa2L6vzG1AxITvsApOFT4qw&#10;LI+PCsxdOPAz7TepVhLCMUcLTUp9rnWsGvIYZ6EnFu09DB6TrEOt3YAHCfednhuz0B5blg8N9vTY&#10;UPWxGb0F6jBdu6+1Xr+N2+zsYXo1q6fM2tOT6f4OVKIp/ZnhB1/QoRSmXRjZRdVZuLrMpEuSwcxB&#10;ieF2YS5A7X4Puiz0/wblNwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCv4Ezj0gEAAHMD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCDkfQO3QAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#003f79" strokeweight=".5pt">
+          <v:stroke joinstyle="miter"/>
+        </v:line>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="637D396D">
+        <v:shape id="Textové pole 26" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:4.15pt;width:481.1pt;height:27.75pt;z-index:-12;visibility:visible;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNEkqQOgIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+l/ws0BYRVnRXVJXQ&#10;7kpQ7dk4Dolke1zbkNA36nP0xXbsEBZte6p6MeOZyYy/75thftspSY7CugZ0QbNRSonQHMpG7wv6&#10;fbv68IkS55kumQQtCnoSjt4u3r+bt2YmcqhBlsISLKLdrDUFrb03syRxvBaKuREYoTFYgVXM49Xu&#10;k9KyFqsrmeRpOk1asKWxwIVz6L3vg3QR61eV4P6xqpzwRBYU3+bjaeO5C2eymLPZ3jJTN/z8DPYP&#10;r1Cs0dj0UuqeeUYOtvmjlGq4BQeVH3FQCVRVw0XEgGiy9A2aTc2MiFiQHGcuNLn/V5Y/HJ8sacqC&#10;5lNKNFOo0VZ0Ho6/fxEDUhD0I0mtcTPM3RjM9t0X6FDswe/QGbB3lVXhF1ERjCPdpwvFWJJwdE6z&#10;LM2mOSUcYzeTfJxPQpnk9Wtjnf8qQJFgFNSihJFZdlw736cOKaGZhlUjZZRRatJih5tJGj+4RLC4&#10;1NgjYOjfGizf7boe+IBjB+UJ4Vnop8QZvmrwDWvm/BOzOBaICEfdP+JRScBecLYoqcH+/Js/5KNa&#10;GKWkxTErqPtxYFZQIr9p1PFzNh6HuYyX8eRjjhd7HdldR/RB3QFOcoZLZXg0Q76Xg1lZUM+4EcvQ&#10;FUNMc+xdUD+Yd74fftwoLpbLmISTaJhf643hoXRgNTC87Z6ZNWcZPAr4AMNAstkbNfrcXo/lwUPV&#10;RKkCzz2rZ/pxiqPY540La3J9j1mv/wuLFwAAAP//AwBQSwMEFAAGAAgAAAAhADSSm7LdAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7McUQYzalBIogemjtxdtL9jUJ7r6N&#10;2W0b/fWuJ3scZpj5plzN1ogTTX5wrOB+kYAgbp0euFOwf9/c5SB8QNZoHJOCb/Kwqq6vSiy0O/OW&#10;TrvQiVjCvkAFfQhjIaVve7LoF24kjt7BTRZDlFMn9YTnWG6NTJMkkxYHjgs9jlT31H7ujlbBS715&#10;w22T2vzH1M+vh/X4tf94UOr2Zl4/gQg0h/8w/OFHdKgiU+OOrL0wCuKRoCBfgojmY5amIBoF2TIH&#10;WZXykr76BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM0SSpA6AgAAXwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADSSm7LdAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:textbox>
+            <w:txbxContent>
+              <w:p w14:paraId="6BAEB326" w14:textId="77777777" w:rsidR="005130AE" w:rsidRPr="005130AE" w:rsidRDefault="005130AE" w:rsidP="00B17252">
+                <w:pPr>
+                  <w:pStyle w:val="Zpat"/>
+                  <w:spacing w:line="312" w:lineRule="auto"/>
+                  <w:ind w:left="-142"/>
+                  <w:jc w:val="left"/>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Ú</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>řad pro mezinárodněprávní ochranu dětí</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">    </w:t>
+                </w:r>
+                <w:r w:rsidR="00FA0F96">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Kounicova 683/14</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>, CZ 602 00  Brno    IČ: 000 25 402    ID DS: 6zraazz</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:br/>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">T: </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>+420 542 215 522</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">     E: </w:t>
+                </w:r>
+                <w:hyperlink r:id="rId2" w:history="1">
+                  <w:r w:rsidRPr="00FF5821">
+                    <w:rPr>
+                      <w:rStyle w:val="Hypertextovodkaz"/>
+                      <w:color w:val="003C78"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:u w:val="none"/>
+                    </w:rPr>
+                    <w:t>podatelna@umpod.cz</w:t>
+                  </w:r>
+                </w:hyperlink>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">    </w:t>
+                </w:r>
+                <w:hyperlink r:id="rId3" w:history="1">
+                  <w:r w:rsidRPr="00C03309">
+                    <w:rPr>
+                      <w:rStyle w:val="Hypertextovodkaz"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:u w:val="none"/>
+                    </w:rPr>
+                    <w:t>umpod.cz</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:r w:rsidR="005130AE" w:rsidRPr="00EC0FEA">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="19DE1097" w14:textId="77777777" w:rsidR="00E17191" w:rsidRDefault="004F7566" w:rsidP="00C90023">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="16986E9F" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="00EC0FEA" w:rsidRDefault="00000000" w:rsidP="00B45B41">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="71A7F94B">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="Textové pole 206" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:4.9pt;width:57.75pt;height:21.8pt;z-index:10;visibility:visible;mso-position-horizontal-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApnwGWWAIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGjEQvlfqO1i+NwsbAi3KEtFEVJVQ&#10;EilUORuvN6zk9bi2YZe+UZ+jL5bPXiBp2lNVDmb+POP5vpm9vOoazXbK+ZpMwYdnA86UkVTW5qng&#10;31aLDx8580GYUmgyquB75fnV7P27y9ZOVU4b0qVyDEmMn7a24JsQ7DTLvNyoRvgzssrAWZFrRIDq&#10;nrLSiRbZG53lg8E4a8mV1pFU3sN60zv5LOWvKiXDXVV5FZguON4W0unSuY5nNrsU0ycn7KaWh2eI&#10;f3hFI2qDoqdUNyIItnX1H6maWjryVIUzSU1GVVVLlXpAN8PBm24eNsKq1AvA8fYEk/9/aeXt7t6x&#10;uix4PhhzZkQDklaqC7T79ZNZ0opFB2BqrZ8i+sEiPnSfqQPdR7uHMXbfVa6J/+iLwQ/A9yeQkZNJ&#10;GCfn5/kIpSRc+WQ8zi9iluzlsnU+fFHUsCgU3IHDBK3YLX3oQ48hsZYnXZeLWuuk7P21dmwnQDem&#10;pKSWMy18gLHgi/Q7VPvtmjasLfj4/GKQKhmK+fpS2uBxsfe+xyiFbt0lyEbH/tdU7gGLo36+vJWL&#10;Go9fovK9cBgoIIElCXc4Kk2oRQeJsw25H3+zx3jwDC9nLQa04P77VjiFhr4aTMCn4WgUJzopo4tJ&#10;DsW99qxfe8y2uSaAMsQ6WpnEGB/0UawcNY/YpXmsCpcwErULHo7idejXBrso1XyegjDDVoSlebAy&#10;po4MRGpW3aNw9sBfAPG3dBxlMX1DYx8bbxqabwNVdeI44tyjeoAf85+m5LCrccFe6ynq5YsyewYA&#10;AP//AwBQSwMEFAAGAAgAAAAhAP9Jk2TZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMz8FOwzAM&#10;BuA7Eu8QGYkbSwsrgq7uhJC4IrGNnbPGayoSp0qyrdvTk53gaP3W78/NcnJWHCnEwTNCOStAEHde&#10;D9wjbNYfDy8gYlKslfVMCGeKsGxvbxpVa3/iLzquUi9yCcdaIZiUxlrK2BlyKs78SJyzvQ9OpTyG&#10;XuqgTrncWflYFM/SqYHzBaNGejfU/awODmHbu8v2uxyD0c7O+fNyXm/8gHh/N70tQCSa0t8yXPmZ&#10;Dm027fyBdRQWIT+SEF4z/xqWVQVih1A9zUG2jfyvb38BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAKZ8BllgCAACZBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA/0mTZNkAAAAFAQAADwAAAAAAAAAAAAAAAACyBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;" stroked="f" strokeweight=".5pt">
+          <v:textbox>
+            <w:txbxContent>
+              <w:p w14:paraId="281D795A" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="005130AE" w:rsidRDefault="00B45B41" w:rsidP="00B45B41">
+                <w:pPr>
+                  <w:pStyle w:val="Zpat"/>
+                  <w:spacing w:line="312" w:lineRule="auto"/>
+                  <w:ind w:left="-142"/>
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>1</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>1</w:t>
+                </w:r>
+                <w:r w:rsidRPr="005130AE">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="0DC5397B" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="005130AE" w:rsidRDefault="00B45B41" w:rsidP="00B45B41">
+                <w:pPr>
+                  <w:ind w:left="-142"/>
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                  </w:rPr>
+                </w:pPr>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="70D877FD" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="00EC0FEA" w:rsidRDefault="00B45B41" w:rsidP="00B45B41">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EC0FEA">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3B8027E3" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="00B45B41" w:rsidRDefault="00000000" w:rsidP="00B45B41">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:drawing>
-[...60 lines deleted...]
-      </w:drawing>
+      <w:pict w14:anchorId="54139E71">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="Grafický objekt 3" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:414.7pt;margin-top:4pt;width:66.75pt;height:22pt;z-index:14;visibility:visible;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin">
+          <v:imagedata r:id="rId1" o:title=""/>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
-    <w:r w:rsidR="00E17191">
-      <w:fldChar w:fldCharType="begin"/>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="0FB239FC">
+        <v:line id="Přímá spojnice 2" o:spid="_x0000_s1039" style="position:absolute;left:0;text-align:left;z-index:13;visibility:visible" from="270.95pt,23.6pt" to="480.6pt,23.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzOrGQ0wEAAHMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81uEzEQviPxDpbvZLcbkZZVNj00ChcE&#10;kaAPMPHau0b+k8dkk0fhyAPwFBXvxdhJQ6G3ihycGc/4m/lmvl3eHqxhexlRe9fxq1nNmXTC99oN&#10;Hb//snlzwxkmcD0Y72THjxL57er1q+UUWtn40ZteRkYgDtspdHxMKbRVhWKUFnDmg3QUVD5aSOTG&#10;oeojTIRuTdXU9aKafOxD9EIi0u36FOSrgq+UFOmTUigTMx2n3lI5Yzl3+axWS2iHCGHU4twGvKAL&#10;C9pR0QvUGhKwb1E/g7JaRI9epZnwtvJKaSELB2JzVf/D5vMIQRYuNBwMlzHh/4MVH/fbyHTf8YYz&#10;B5ZWtP31/eGnffjBMPivjvpjTR7TFLCl7Du3jWcPwzZmzgcVbf4nNuxQRnu8jFYeEhN02SwWzfV8&#10;zpl4jFV/HoaI6b30lmWj40a7zBpa2H/ARMUo9TElXzu/0caUzRnHpo4v5m9ptwJIP8pAItMGYoRu&#10;4AzMQMIUKRZE9Eb3+XXGwTjs7kxke8jiqOeb63eZKFX7Ky2XXgOOp7wSOsnG6kTaNdp2/KbOv/Nr&#10;4zK6LOo7E8jDO40rWzvfH8sUq+zRZkvRswqzdJ76ZD/9Vla/AQAA//8DAFBLAwQUAAYACAAAACEA&#10;3DvxBt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbBB1XPVBQ5wKEO2e&#10;Uhbs3HhIIuxxFDtt4Os7iAXs5nF050yxHr0TR+xjG0iDmmQgkKpgW6o17F83t3cgYjJkjQuEGr4w&#10;wrq8vChMbsOJXvC4S7XgEIq50dCk1OVSxqpBb+IkdEi8+wi9N4nbvpa2NycO905Os2whvWmJLzSm&#10;w6cGq8/d4DWgM2lpv7dy+z7s1c3j+JZtnpXW11fjwz2IhGP6g+FHn9WhZKdDGMhG4TTMZ2rFqIbZ&#10;cgqCgdVCcXH4HciykP8/KM8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAczqxkNMBAABz&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3DvxBt0A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#003f79" strokeweight=".5pt">
+          <v:stroke joinstyle="miter"/>
+        </v:line>
+      </w:pict>
     </w:r>
-    <w:r w:rsidR="00E17191">
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="43671F5C">
+        <v:shape id="Textové pole 208" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2.7pt;width:481.1pt;height:27.75pt;z-index:-6;visibility:visible;mso-position-horizontal-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLx98pOAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjua8mKndSC5cBN4KKA&#10;kQSwi6xpirQEUByWpC25N+o5erEMKf+QdlV0Qw/njeb3Hj297xpF9sK6GnRBh4OUEqE5lLXeFvT7&#10;evHpMyXOM10yBVoU9CAcvZ99/DBtTS4yqECVwhJMol3emoJW3ps8SRyvRMPcAIzQCEqwDfN4tduk&#10;tKzF7I1KsjS9TVqwpbHAhXPofexBOov5pRTcP0vphCeqoNibj6eN5yacyWzK8q1lpqr5sQ32D100&#10;rNZY9JzqkXlGdrb+I1VTcwsOpB9waBKQsuYizoDTDNN306wqZkScBZfjzHlN7v+l5U/7F0vqsqBZ&#10;ilRp1iBJa9F52P/+RQwoQQKAa2qNyzF6ZTDed1+gQ7pPfofOMH0nbRN+cS6COC78cF4y5iQcnbfD&#10;dDK5Q4gjdjPORtk4pEkuXxvr/FcBDQlGQS2SGHfL9kvn+9BTSCimYVErFYlUmrRY4Wacxg/OCCZX&#10;GmuEGfpeg+W7TRdHjw0EzwbKA45nodeJM3xRYw9L5vwLsygMbBvF7p/xkAqwFhwtSiqwP//mD/HI&#10;F6KUtCi0grofO2YFJeqbRiYnw9EoKDNeRuO7DC/2GtlcI3rXPABqeYjPyvBohnivTqa00Lzim5iH&#10;qggxzbF2Qf3JfPC9/PFNcTGfxyDUomF+qVeGh9Rhq2HD6+6VWXOkwSOBT3CSJMvfsdHH9nzMdx5k&#10;Ham6bPW4ftRxJPv45sJDub7HqMs/w+wNAAD//wMAUEsDBBQABgAIAAAAIQARkGWk3QAAAAUBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAFMTvgt9heYI3uzHY0Ma8lBIogthDay/eXrKvSXD/xOy2&#10;jX76ric9DjPM/KZYTUaLM4++dxbhcZaAYNs41dsW4fC+eViA8IGsIu0sI3yzh1V5e1NQrtzF7vi8&#10;D62IJdbnhNCFMORS+qZjQ37mBrbRO7rRUIhybKUa6RLLjZZpkmTSUG/jQkcDVx03n/uTQXitNlva&#10;1alZ/Ojq5e24Hr4OH3PE+7tp/Qwi8BT+wvCLH9GhjEy1O1nlhUaIRwLC/AlENJdZmoKoEbJkCbIs&#10;5H/68goAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLx98pOAIAAGEEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQARkGWk3QAAAAUBAAAPAAAAAAAA&#10;AAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:textbox style="mso-next-textbox:#Textové pole 208">
+            <w:txbxContent>
+              <w:p w14:paraId="066E50CB" w14:textId="77777777" w:rsidR="00B45B41" w:rsidRPr="005130AE" w:rsidRDefault="00B45B41" w:rsidP="00B45B41">
+                <w:pPr>
+                  <w:pStyle w:val="Zpat"/>
+                  <w:spacing w:line="312" w:lineRule="auto"/>
+                  <w:ind w:left="-142"/>
+                  <w:jc w:val="left"/>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Ú</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>řad pro mezinárodněprávní ochranu dětí</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">    </w:t>
+                </w:r>
+                <w:r w:rsidR="00FA0F96">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Kounicova 683/14</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00EC0FEA">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>, CZ 602 00  Brno    IČ: 000 25 402    ID DS: 6zraazz</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:br/>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">T: </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:color w:val="003C78"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>+420 542 215 522</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">     E: </w:t>
+                </w:r>
+                <w:hyperlink r:id="rId2" w:history="1">
+                  <w:r w:rsidRPr="00FF5821">
+                    <w:rPr>
+                      <w:rStyle w:val="Hypertextovodkaz"/>
+                      <w:color w:val="003C78"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:u w:val="none"/>
+                    </w:rPr>
+                    <w:t>podatelna@umpod.cz</w:t>
+                  </w:r>
+                </w:hyperlink>
+                <w:r w:rsidRPr="00FF5821">
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">    </w:t>
+                </w:r>
+                <w:hyperlink r:id="rId3" w:history="1">
+                  <w:r w:rsidRPr="00C03309">
+                    <w:rPr>
+                      <w:rStyle w:val="Hypertextovodkaz"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:u w:val="none"/>
+                    </w:rPr>
+                    <w:t>umpod.cz</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
-    <w:r w:rsidR="00E17191">
-[...31 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37A6F76D" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478">
-      <w:r>
+    <w:p w14:paraId="1476E5A1" w14:textId="77777777" w:rsidR="00B67793" w:rsidRPr="000E5788" w:rsidRDefault="00B67793" w:rsidP="000E5788">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020470">
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+      <w:r w:rsidRPr="00020470">
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+      <w:r w:rsidRPr="00020470">
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+      <w:r w:rsidRPr="00020470">
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6EDB3B" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AB95701" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478">
-      <w:r>
+    <w:p w14:paraId="255D263A" w14:textId="77777777" w:rsidR="00B67793" w:rsidRPr="00020470" w:rsidRDefault="00B67793" w:rsidP="004751FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020470">
+        <w:rPr>
+          <w:color w:val="B4B4B4"/>
+        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634BB6A0" w14:textId="77777777" w:rsidR="002B2478" w:rsidRDefault="002B2478"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="185C8394" w14:textId="77777777" w:rsidR="00B67793" w:rsidRDefault="00B67793">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="7BAFAB59" w14:textId="77777777" w:rsidR="0058564D" w:rsidRDefault="0058564D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="66448C76" w14:textId="77777777" w:rsidR="00E37B2F" w:rsidRDefault="00000000" w:rsidP="00E37B2F">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_Hlk70419104"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk70419105"/>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="099B34AC">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="Obrázek 345" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:196.5pt;height:54.9pt;z-index:3;visibility:visible;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin">
+          <v:imagedata r:id="rId1" o:title=""/>
+          <w10:wrap type="square" anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="22406707">
+        <v:line id="Přímá spojnice 23" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:6;visibility:visible;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" from=".05pt,67.4pt" to="481.5pt,67.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUxEPk0wEAAHUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU82OEzEMviPxDlHudKbt7lKNOt1Dq+WC&#10;oBLwAG4mmQnKn+LQaR+FIw/AU6x4L5x0tixwQ/SQ2rHz2Z/9zfr+ZA07yojau5bPZzVn0gnfade3&#10;/NPHh1crzjCB68B4J1t+lsjvNy9frMfQyIUfvOlkZATisBlDy4eUQlNVKAZpAWc+SEdB5aOFRG7s&#10;qy7CSOjWVIu6vqtGH7sQvZCIdLu7BPmm4CslRXqvFMrETMupt1TOWM5DPqvNGpo+Qhi0mNqAf+jC&#10;gnZU9Aq1gwTsS9R/QVktokev0kx4W3mltJCFA7GZ13+w+TBAkIULDQfDdUz4/2DFu+M+Mt21fLHk&#10;zIGlHe1/fH38bh+/MQz+s6MGGcVoUGPAhvK3bh8nD8M+ZtYnFW3+Jz7sVIZ7vg5XnhITdHk3n9/c&#10;zG85E0+x6tfDEDG9kd6ybLTcaJd5QwPHt5ioGKU+peRr5x+0MWV3xrGRwJe3tF0BpCBlIJFpA3FC&#10;13MGpidpihQLInqju/w642DsD1sT2RGyPOrl9vUqE6Vqv6Xl0jvA4ZJXQhfhWJ1IvUbblq/q/Jte&#10;G5fRZdHfRCAP7zKubB18dy5TrLJHuy1FJx1m8Tz3yX7+tWx+AgAA//8DAFBLAwQUAAYACAAAACEA&#10;PJLkeNsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YZmCF7GbWik1zaaIIJ5E&#10;rB563Gan2dDsbMhsm/TfOwXBXgbevOHN+4r1GFp1wp6bSAZm0wwUUhVdQ7WBn++3hyUoTpacbSOh&#10;gTMyrMvbm8LmLg70hadNqpWEEOfWgE+py7XmymOwPI0dknj72AebRPa1dr0dJDy0+jHLFjrYhuSD&#10;tx2+eqwOm2MwQO8823/yx7LZbnkYsvPhPvnMmLvJ+LIClXBM/8dwqS/VoZROu3gkx6q9aJVkzp8E&#10;QOznxVzQdn8bXRb6GqD8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABTEQ+TTAQAAdQMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADyS5HjbAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="#003c78" strokeweight=".5pt">
+          <v:stroke joinstyle="miter"/>
+          <w10:wrap anchorx="margin"/>
+        </v:line>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="1BBD4865">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="Textové pole 24" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:1.05pt;margin-top:18pt;width:486pt;height:21.85pt;z-index:1;visibility:visible;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkIMMQNwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l0AKSzcirOiuqCqh&#10;3ZWg2rNxbBLJ9ri2IaF/1O/oj3XsAIu2PVW9mPHMZMbz3htmd51W5CCcb8CUdDQYUiIMh6oxu5J+&#10;2yw/fKLEB2YqpsCIkh6Fp3fz9+9mrS1EDjWoSjiCRYwvWlvSOgRbZJnntdDMD8AKg0EJTrOAV7fL&#10;KsdarK5Vlg+HN1kLrrIOuPAevQ99kM5TfSkFD09SehGIKim+LaTTpXMbz2w+Y8XOMVs3/PQM9g+v&#10;0Kwx2PRS6oEFRvau+aOUbrgDDzIMOOgMpGy4SDPgNKPhm2nWNbMizYLgeHuByf+/svzx8OxIU5U0&#10;H1NimEaONqILcPj1k1hQgqAfQWqtLzB3bTE7dJ+hQ7LPfo/OOHsnnY6/OBXBOMJ9vECMJQlH581o&#10;miNvlHCM5dPp+HYSy2SvX1vnwxcBmkSjpA4pTMiyw8qHPvWcEpsZWDZKJRqVIS12+DgZpg8uESyu&#10;DPaIM/RvjVbott1psC1UR5zLQS8Pb/myweYr5sMzc6gHfC9qPDzhIRVgEzhZlNTgfvzNH/ORJoxS&#10;0qK+Suq/75kTlKivBgm8HY3HUZDpMp5Mc7y468j2OmL2+h5QwiPcJsuTGfODOpvSgX7BVVjErhhi&#10;hmPvkoazeR961eMqcbFYpCSUoGVhZdaWx9IRzgjtpnthzp7wD8jcI5yVyIo3NPS5PRGLfQDZJI4i&#10;wD2qJ9xRvonl06rF/bi+p6zXP4T5bwAAAP//AwBQSwMEFAAGAAgAAAAhAD8OvwPgAAAABwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTLVUplE4JaUJMjBxALt623aVt6M7W7gLV&#10;X+940uOb9/LeN9lqtJ24mMG3jhCmkwiEocrplmqEw/vmYQ7CB0VadY4MwpfxsMpvbzKVanelnbns&#10;Qy24hHyqEJoQ+lRKXzXGKj9xvSH2jm6wKrAcaqkHdeVy28k4imbSqpZ4oVG9KRpTnfZni/BabLZq&#10;V8Z2/t0VL2/Hdf95+HhGvL8b10sQwYzhLwy/+IwOOTOV7kzaiw4hnnIQ4XHGH7G9SJ74UCIkiwRk&#10;nsn//PkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQgwxA3AgAAWAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD8OvwPgAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:textbox>
+            <w:txbxContent>
+              <w:p w14:paraId="5DD77C3C" w14:textId="77777777" w:rsidR="00CF0AB4" w:rsidRPr="00593D5A" w:rsidRDefault="00CF0AB4" w:rsidP="00CF0AB4">
+                <w:pPr>
+                  <w:ind w:left="-142" w:right="-45"/>
+                  <w:jc w:val="left"/>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Označení přílohy</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="2EC5F35F" w14:textId="77777777" w:rsidR="00593D5A" w:rsidRPr="00593D5A" w:rsidRDefault="00593D5A" w:rsidP="008B7967">
+                <w:pPr>
+                  <w:ind w:left="-142" w:right="-45"/>
+                  <w:jc w:val="left"/>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap type="square" side="left" anchorx="margin" anchory="page"/>
+          <w10:anchorlock/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="3F46DEA8" w14:textId="77777777" w:rsidR="00271011" w:rsidRDefault="004F7566">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="18AE1290" w14:textId="77777777" w:rsidR="00E976BD" w:rsidRDefault="00000000" w:rsidP="00D51891">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5103"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="5610E7F5">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.4pt;width:196.5pt;height:54.9pt;z-index:9;visibility:visible;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin">
+          <v:imagedata r:id="rId1" o:title=""/>
+          <w10:wrap type="square" anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="619F8848">
+        <v:line id="Přímá spojnice 19" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;z-index:7;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" from=".3pt,107.25pt" to="481.75pt,107.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJq13d0wEAAHUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uOEzEQ3SNxB8t70p35EVrpzCLRsEEQ&#10;ieEAFbfdbeSfXCadHIUlB+AUI+5F2ekJA7MbkYVT5Sq/qlf1enl7sIbtZUTtXcvns5oz6YTvtOtb&#10;/uX+7s2CM0zgOjDeyZYfJfLb1etXyzE08sIP3nQyMgJx2Iyh5UNKoakqFIO0gDMfpKOg8tFCIjf2&#10;VRdhJHRrqou6vqlGH7sQvZCIdLs5Bfmq4CslRfqkFMrETMupt1TOWM5dPqvVEpo+Qhi0mNqAF3Rh&#10;QTsqeobaQAL2LepnUFaL6NGrNBPeVl4pLWThQGzm9T9sPg8QZOFCw8FwHhP+P1jxcb+NTHe0u3ec&#10;ObC0o+2v7w8/7cMPhsF/ddQgoxgNagzYUP7abePkYdjGzPqgos3/xIcdynCP5+HKQ2KCLm/m86ur&#10;+TVn4jFW/XkYIqb30luWjZYb7TJvaGD/ARMVo9THlHzt/J02puzOODYS+OU1bVcAKUgZSGTaQJzQ&#10;9ZyB6UmaIsWCiN7oLr/OOBj73dpEtocsj/py/XaRiVK1v9Jy6Q3gcMoroZNwrE6kXqNtyxd1/k2v&#10;jcvosuhvIpCHdxpXtna+O5YpVtmj3Zaikw6zeJ76ZD/9Wla/AQAA//8DAFBLAwQUAAYACAAAACEA&#10;6yi3tNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9jdVA1tmk0RQTyJ&#10;tHrocZvdZkOzsyGzbdJ/7wiC3mbmPd58r1xPoRNnN1AbUUM2UyAc1tG22Gj4+ny9X4CgZNCaLqLT&#10;cHEE6+r6qjSFjSNu3HmbGsEhSIXR4FPqCymp9i4YmsXeIWuHOASTeB0aaQczcnjo5FypXAbTIn/w&#10;pncv3tXH7SlowDfKDh/0vmh3OxpHdTneJa+0vr2ZnlcgkpvSnxl+8BkdKmbaxxNaEp2GnH0a5tnj&#10;EwiWl/kDD/vfi6xK+b9A9Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAJq13d0wEAAHUD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDrKLe03AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#003c78" strokeweight=".5pt">
+          <v:stroke joinstyle="miter"/>
+          <w10:wrap type="topAndBottom" anchorx="margin" anchory="page"/>
+        </v:line>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="403C09AC">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="Textové pole 20" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:18pt;width:486.75pt;height:21.85pt;z-index:2;visibility:visible;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFc/MOOgIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l2UJhGTFEtFEVJWi&#10;JBJUORuvza5ke1zbsEv/qN/RH+vYCwSlPVW9mPHM7Bu/eTPM7jqtyF4434ApaT4YUiIMh6ox25J+&#10;Wy8/3VDiAzMVU2BESQ/C07v5xw+z1hZiBDWoSjiCIMYXrS1pHYItsszzWmjmB2CFwaAEp1nAq9tm&#10;lWMtomuVjYbD66wFV1kHXHiP3oc+SOcJX0rBw7OUXgSiSopvC+l06dzEM5vPWLF1zNYNPz6D/cMr&#10;NGsMFj1DPbDAyM41f0DphjvwIMOAg85AyoaLxAHZ5MN3bFY1syJxweZ4e26T/3+w/Gn/4khTlXSE&#10;7TFMo0Zr0QXY//pJLChB0I9Naq0vMHdlMTt0n6FDsU9+j87IvZNOx19kRTCOeIdzixGScHRe5zf5&#10;dDShhGNsNJ2ObycRJnv72jofvgjQJBoldShh6izbP/rQp55SYjEDy0apJKMypMUKV5Nh+uAcQXBl&#10;sEbk0L81WqHbdIn41YnHBqoD0nPQT4m3fNngGx6ZDy/M4VggIxz18IyHVIC14GhRUoP78Td/zEe1&#10;MEpJi2NWUv99x5ygRH01qONtPh7HuUyX8WQaVXCXkc1lxOz0PeAk57hUlicz5gd1MqUD/YobsYhV&#10;McQMx9olDSfzPvTDjxvFxWKRknASLQuPZmV5hI5djR1ed6/M2aMMAQV8gtNAsuKdGn1ur8diF0A2&#10;SarY576rx/bjFCexjxsX1+TynrLe/hfmvwEAAP//AwBQSwMEFAAGAAgAAAAhAGOAzH3fAAAABgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj09PwkAQxe8mfofNmHiTrRAo1E4JaUJMjB5ALt6m3aFt3D+1&#10;u0D107ue8DR5eS/v/SZfj0aLMw++cxbhcZKAYFs71dkG4fC+fViC8IGsIu0sI3yzh3Vxe5NTptzF&#10;7vi8D42IJdZnhNCG0GdS+rplQ37ierbRO7rBUIhyaKQa6BLLjZbTJFlIQ52NCy31XLZcf+5PBuGl&#10;3L7Rrpqa5Y8un1+Pm/7r8DFHvL8bN08gAo/hGoY//IgORWSq3MkqLzRCfCQgzBbxRneVzuYgKoR0&#10;lYIscvkfv/gFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARXPzDjoCAABfBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAY4DMfd8AAAAGAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:textbox>
+            <w:txbxContent>
+              <w:p w14:paraId="476AB7F1" w14:textId="77777777" w:rsidR="00E976BD" w:rsidRPr="00593D5A" w:rsidRDefault="00CF0AB4" w:rsidP="00E976BD">
+                <w:pPr>
+                  <w:ind w:left="-142" w:right="-45"/>
+                  <w:jc w:val="left"/>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                  </w:rPr>
+                  <w:t>Označení přílohy</w:t>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap type="square" side="left" anchorx="margin" anchory="page"/>
+          <w10:anchorlock/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="690AD30F" w14:textId="77777777" w:rsidR="00E976BD" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:drawing>
-[...60 lines deleted...]
-      </w:drawing>
+      <w:pict w14:anchorId="5A4BEB51">
+        <v:shape id="Obrázek 457" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:55.3pt;width:173.95pt;height:34.8pt;z-index:-9;visibility:visible;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin">
+          <v:imagedata r:id="rId2" o:title=""/>
+          <w10:wrap type="topAndBottom" anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="2D8F687B">
+        <v:rect id="Obdélník 1" o:spid="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:-.45pt;margin-top:99.1pt;width:481.85pt;height:9pt;z-index:12;visibility:visible;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4BTzQewIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8N7JcZzMiB0YCFwWC&#10;xEBS5ExTlEWUW0nasvtHPfQr8mN9pJS1PQX1gZ7hDGd580Zn5zutyFb4IK2paHkwokQYbmtp1hX9&#10;drf4dEJJiMzUTFkjKroXgZ7PPn4469xUjG1rVS08QRATpp2raBujmxZF4K3QLBxYJwyMjfWaRah+&#10;XdSedYiuVTEejY6KzvraectFCLi97I10luM3jeDxpmmCiERVFLXFfPp8rtJZzM7YdO2ZayUfymDv&#10;qEIzaZD0KdQli4xsvPwrlJbc22CbeMCtLmzTSC5yD+imHL3p5rZlTuReAE5wTzCF/xeWX2+Xnsga&#10;s6PEMI0R3azqh1/KPPz+TsqET+fCFG63bukHLUBMze4ar9M/2iC7jOn+CVOxi4Tj8qgsTyenh5Rw&#10;2Mpy8nmUQS+eXzsf4hdhNUlCRT1mlqFk26sQkRGujy4pWbBK1gupVFb24UJ5smUYL1hR244SxULE&#10;ZUUX+ZdaQIhXz5QhHaoZH6MYwhl41ygWIWoHJIJZU8LUGoTm0edaXr0O70uamrhkoe2rzRF7+mkZ&#10;sQNK6oqejNJvKFmZ1KLILB6gSLPo0U/SytZ7TM/bntbB8YVEkisAsGQePEZ32M14g6NRFi3bQaKk&#10;tf7nv+6TP+gFKyUd9gJw/NgwL4DrVwPinZaTSVqkrEwOj8dQ/EvL6qXFbPSFxWxALlSXxeQf1aPY&#10;eKvvscLzlBUmZjhy98APykXs9xUfAS7m8+yG5XEsXplbx1PwhFOC9253z7wbiBRBwWv7uENs+oZP&#10;vW96aex8E20jM9mecQVtkoLFywQaPhJps1/q2ev5Uzb7AwAA//8DAFBLAwQUAAYACAAAACEAbJ5G&#10;ed4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnlholIU6FqOAESISK&#10;sxubJBCvI9tN3b9nOcFxZ0azb+pdshNbjA+jQwmbdQbMYOf0iL2Ew/vjqgAWokKtJodGwsUE2DXX&#10;V7WqtDvjm1na2DMqwVApCUOMc8V56AZjVVi72SB5n85bFen0PddenancTlxkWc6tGpE+DGo2D4Pp&#10;vtuTleCf0nbsDsv+9Wt/KT7aJT6n7YuUtzfp/g5YNCn+heEXn9ChIaajO6EObJKwKilIclkIYOSX&#10;uaApRwlikwvgTc3/L2h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHgFPNB7AgAAEgUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGyeRnneAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" strokecolor="white" strokeweight="1pt">
+          <w10:wrap type="topAndBottom"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...25 lines deleted...]
-  </w:numPicBullet>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF83"/>
+    <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="69D69E96"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...21 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00112F02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="F328F1EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3564955A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C49E567E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="016540D7"/>
-[...110 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E47ACC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9D46335C"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="5094B12E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="198124AB"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05617B10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3B9C5EE4"/>
-[...120 lines deleted...]
-      </w:pPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="0160FD4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.%1.1.1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="078367D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1247" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1927" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2607" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3287" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3967" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4647" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5327" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6007" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09507B86"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis1"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Nadpis9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A435E57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="198124AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="448C00D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C8B447E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2835" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3402" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3969" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5103" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DF61CF8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="48D81A8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3564955A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C49E567E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="213C2F30"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:styleLink w:val="Seznamstyl2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2835" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3402" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3969" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5103" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22EC5D71"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2835" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3402" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3969" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5103" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26426340"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B743161"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="128A8E0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D1A0AC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="A0A6680A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.%1.1.1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="322D31B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D3E5740"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="8A52D384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2367" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F760C04"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33B2785D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="348506E6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="14124488"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:numStyleLink w:val="UMPOD"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EAC7D33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67A56F9C"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43B958AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="38A8094A"/>
-    <w:lvl w:ilvl="0" w:tplc="96420436">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="A260CB48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.%1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44E66B92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="CFB01DF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.%1.1.1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46D06828"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="9000EA64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55AB5544"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:styleLink w:val="Styl2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="578"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="862"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3737" w:hanging="1010"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4888" w:hanging="1151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="1298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7626" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9208" w:hanging="1582"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57E5288D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="23DAE834">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:shadow w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="791E0FAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0A663F74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1F0A4C16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D830379A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1BD2CDFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B075D14"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2835" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3402" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3969" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5103" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6032369E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:numStyleLink w:val="Styl2"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="610309BD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69BA5B43"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:styleLink w:val="UMPOD"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Seznamsodrkami"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="003C78"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="9B141E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="C3E6F5"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2552" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="003C78"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3119" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="9B141E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3686" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="C3E6F5"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4253" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="003C78"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4820" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="9B141E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5387" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="C3E6F5"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7362420F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="9B2ED756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Vrok"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1434" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2154" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2874" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3594" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4314" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5034" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5754" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6474" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7194" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75E46B55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="B302E9EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Pehledploh"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2628" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3348" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4068" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6228" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8388" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="796619FC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F937142"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="210456766">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="477579402">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="178813683">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="452484203">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1216963210">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="366374406">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="854466318">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="631903826">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="260336611">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1130127727">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="606499955">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="918638174">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="532546941">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="804279158">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="389495606">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1373573712">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1086920606">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1169560682">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1255674111">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="655887993">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2077391072">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1846284789">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="318078401">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="957369043">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="880168169">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1521040725">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="336422300">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1457066541">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="164714434">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2101020715">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="356084905">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1476988181">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="407384784">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="429467830">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="859526">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1208299865">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1789353308">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1689259019">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1000276353">
+    <w:abstractNumId w:val="30"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1461998600">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1871796412">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="42" w16cid:durableId="1969120523">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="432669849">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="364526109">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="864055126">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="103697417">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1078552575">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1798403684">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="542330992">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="499199559">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="667054200">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="27335617">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1647585601">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1296106843">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="391777158">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="1281381638">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="305284262">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="1590580965">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1254318923">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1834950945">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="724988199">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="997340312">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="2061510690">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
-[...17 lines deleted...]
-  <w:numIdMacAtCleanup w:val="1"/>
+  <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...3 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004F7566"/>
-[...15 lines deleted...]
-    <w:rsid w:val="001752BA"/>
+    <w:rsidRoot w:val="000E39EB"/>
+    <w:rsid w:val="000002E9"/>
+    <w:rsid w:val="00000FF0"/>
+    <w:rsid w:val="00014308"/>
+    <w:rsid w:val="00020470"/>
+    <w:rsid w:val="000247EF"/>
+    <w:rsid w:val="00041F23"/>
+    <w:rsid w:val="0004781D"/>
+    <w:rsid w:val="0006165E"/>
+    <w:rsid w:val="000709AC"/>
+    <w:rsid w:val="00072C65"/>
+    <w:rsid w:val="00085158"/>
+    <w:rsid w:val="0009136A"/>
+    <w:rsid w:val="000948DF"/>
+    <w:rsid w:val="000A5C08"/>
+    <w:rsid w:val="000B2DD6"/>
+    <w:rsid w:val="000B2F39"/>
+    <w:rsid w:val="000B4D14"/>
+    <w:rsid w:val="000C26BC"/>
+    <w:rsid w:val="000D00D4"/>
+    <w:rsid w:val="000D586B"/>
+    <w:rsid w:val="000D604A"/>
+    <w:rsid w:val="000E39EB"/>
+    <w:rsid w:val="000E3E19"/>
+    <w:rsid w:val="000E5788"/>
+    <w:rsid w:val="00105E4C"/>
+    <w:rsid w:val="0012045E"/>
+    <w:rsid w:val="00122B08"/>
+    <w:rsid w:val="00125148"/>
+    <w:rsid w:val="0014225D"/>
     <w:rsid w:val="001823A4"/>
-    <w:rsid w:val="00191689"/>
-[...66 lines deleted...]
-    <w:rsid w:val="00772AB2"/>
+    <w:rsid w:val="0018733C"/>
+    <w:rsid w:val="00192B7E"/>
+    <w:rsid w:val="0019648E"/>
+    <w:rsid w:val="001A3124"/>
+    <w:rsid w:val="001B2B0A"/>
+    <w:rsid w:val="001B5C50"/>
+    <w:rsid w:val="001E15BA"/>
+    <w:rsid w:val="001F2147"/>
+    <w:rsid w:val="001F3E27"/>
+    <w:rsid w:val="0020564C"/>
+    <w:rsid w:val="00206B88"/>
+    <w:rsid w:val="00212D89"/>
+    <w:rsid w:val="00213A3E"/>
+    <w:rsid w:val="00215218"/>
+    <w:rsid w:val="002248D0"/>
+    <w:rsid w:val="00224B4C"/>
+    <w:rsid w:val="002358C8"/>
+    <w:rsid w:val="002443C6"/>
+    <w:rsid w:val="00253388"/>
+    <w:rsid w:val="002718F9"/>
+    <w:rsid w:val="00274506"/>
+    <w:rsid w:val="00282DEE"/>
+    <w:rsid w:val="00290CD0"/>
+    <w:rsid w:val="002917AE"/>
+    <w:rsid w:val="002A39C0"/>
+    <w:rsid w:val="002A6E3B"/>
+    <w:rsid w:val="002B5141"/>
+    <w:rsid w:val="002C518F"/>
+    <w:rsid w:val="002C64D3"/>
+    <w:rsid w:val="002C73AC"/>
+    <w:rsid w:val="002D7373"/>
+    <w:rsid w:val="002F3CF4"/>
+    <w:rsid w:val="002F4EC9"/>
+    <w:rsid w:val="002F726A"/>
+    <w:rsid w:val="00306817"/>
+    <w:rsid w:val="00310646"/>
+    <w:rsid w:val="0031178D"/>
+    <w:rsid w:val="00321410"/>
+    <w:rsid w:val="00334381"/>
+    <w:rsid w:val="00341CEE"/>
+    <w:rsid w:val="003431C4"/>
+    <w:rsid w:val="00345010"/>
+    <w:rsid w:val="00351EA7"/>
+    <w:rsid w:val="00361B37"/>
+    <w:rsid w:val="00362F15"/>
+    <w:rsid w:val="00373167"/>
+    <w:rsid w:val="00375B94"/>
+    <w:rsid w:val="00376607"/>
+    <w:rsid w:val="003849C1"/>
+    <w:rsid w:val="00384A4D"/>
+    <w:rsid w:val="00386B35"/>
+    <w:rsid w:val="00391A9E"/>
+    <w:rsid w:val="003966BE"/>
+    <w:rsid w:val="003A2007"/>
+    <w:rsid w:val="003A2D0B"/>
+    <w:rsid w:val="003C02E6"/>
+    <w:rsid w:val="003C60D7"/>
+    <w:rsid w:val="003E278D"/>
+    <w:rsid w:val="003F3D2D"/>
+    <w:rsid w:val="00414545"/>
+    <w:rsid w:val="0041683E"/>
+    <w:rsid w:val="0042083C"/>
+    <w:rsid w:val="00421004"/>
+    <w:rsid w:val="00431665"/>
+    <w:rsid w:val="00444760"/>
+    <w:rsid w:val="0044544F"/>
+    <w:rsid w:val="004667CD"/>
+    <w:rsid w:val="004751FB"/>
+    <w:rsid w:val="00477636"/>
+    <w:rsid w:val="00483138"/>
+    <w:rsid w:val="004A49E8"/>
+    <w:rsid w:val="004A621B"/>
+    <w:rsid w:val="004A6570"/>
+    <w:rsid w:val="004A7B0D"/>
+    <w:rsid w:val="004B112D"/>
+    <w:rsid w:val="004C2428"/>
+    <w:rsid w:val="004C31DC"/>
+    <w:rsid w:val="004F5A14"/>
+    <w:rsid w:val="005077C9"/>
+    <w:rsid w:val="005130AE"/>
+    <w:rsid w:val="00514C6D"/>
+    <w:rsid w:val="0052071E"/>
+    <w:rsid w:val="00520D65"/>
+    <w:rsid w:val="00571759"/>
+    <w:rsid w:val="0057326C"/>
+    <w:rsid w:val="00575320"/>
+    <w:rsid w:val="00576149"/>
+    <w:rsid w:val="005838E9"/>
+    <w:rsid w:val="00593D5A"/>
+    <w:rsid w:val="005A7086"/>
+    <w:rsid w:val="005A7A1E"/>
+    <w:rsid w:val="005A7B51"/>
+    <w:rsid w:val="005B1103"/>
+    <w:rsid w:val="005B558C"/>
+    <w:rsid w:val="005C235F"/>
+    <w:rsid w:val="005C3F5C"/>
+    <w:rsid w:val="005C4654"/>
+    <w:rsid w:val="005C6812"/>
+    <w:rsid w:val="005D556B"/>
+    <w:rsid w:val="005F225B"/>
+    <w:rsid w:val="00605DF3"/>
+    <w:rsid w:val="0062216D"/>
+    <w:rsid w:val="00632C05"/>
+    <w:rsid w:val="00642E7E"/>
+    <w:rsid w:val="00644C9D"/>
+    <w:rsid w:val="006623ED"/>
+    <w:rsid w:val="006653F8"/>
+    <w:rsid w:val="006677CF"/>
+    <w:rsid w:val="006751CF"/>
+    <w:rsid w:val="00676609"/>
+    <w:rsid w:val="006871B3"/>
+    <w:rsid w:val="006965B2"/>
+    <w:rsid w:val="006965DA"/>
+    <w:rsid w:val="006A14AE"/>
+    <w:rsid w:val="006A7250"/>
+    <w:rsid w:val="006B0E1E"/>
+    <w:rsid w:val="006B389A"/>
+    <w:rsid w:val="006D05C3"/>
+    <w:rsid w:val="006F5BCC"/>
+    <w:rsid w:val="00710D81"/>
+    <w:rsid w:val="00711C3F"/>
+    <w:rsid w:val="00712669"/>
+    <w:rsid w:val="00721B6D"/>
+    <w:rsid w:val="0074190F"/>
+    <w:rsid w:val="00747BB3"/>
+    <w:rsid w:val="00752073"/>
+    <w:rsid w:val="00762287"/>
+    <w:rsid w:val="00773954"/>
     <w:rsid w:val="00775907"/>
-    <w:rsid w:val="00780100"/>
-[...10 lines deleted...]
-    <w:rsid w:val="008E4191"/>
+    <w:rsid w:val="007761A2"/>
+    <w:rsid w:val="007805A0"/>
+    <w:rsid w:val="00783521"/>
+    <w:rsid w:val="007A7E9C"/>
+    <w:rsid w:val="007B4C5D"/>
+    <w:rsid w:val="007B54DA"/>
+    <w:rsid w:val="007C720B"/>
+    <w:rsid w:val="007D0A31"/>
+    <w:rsid w:val="007E66D8"/>
+    <w:rsid w:val="007F17B2"/>
+    <w:rsid w:val="007F68CA"/>
+    <w:rsid w:val="00805CEE"/>
+    <w:rsid w:val="00820E8F"/>
+    <w:rsid w:val="0082311A"/>
+    <w:rsid w:val="00823338"/>
+    <w:rsid w:val="00836BD2"/>
+    <w:rsid w:val="00882581"/>
+    <w:rsid w:val="00890ABF"/>
+    <w:rsid w:val="0089454F"/>
+    <w:rsid w:val="008A3B64"/>
+    <w:rsid w:val="008B7967"/>
     <w:rsid w:val="008E7BC3"/>
-    <w:rsid w:val="008F068C"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00B92A96"/>
+    <w:rsid w:val="0091430E"/>
+    <w:rsid w:val="00922464"/>
+    <w:rsid w:val="00940BAD"/>
+    <w:rsid w:val="00950893"/>
+    <w:rsid w:val="00950F29"/>
+    <w:rsid w:val="00952ACA"/>
+    <w:rsid w:val="00956653"/>
+    <w:rsid w:val="00961B56"/>
+    <w:rsid w:val="00966FFB"/>
+    <w:rsid w:val="00972015"/>
+    <w:rsid w:val="00975F96"/>
+    <w:rsid w:val="00982E9B"/>
+    <w:rsid w:val="00992D77"/>
+    <w:rsid w:val="009A0687"/>
+    <w:rsid w:val="009A29A4"/>
+    <w:rsid w:val="009A75AA"/>
+    <w:rsid w:val="009B75CE"/>
+    <w:rsid w:val="009D10E7"/>
+    <w:rsid w:val="009D11BF"/>
+    <w:rsid w:val="009D4643"/>
+    <w:rsid w:val="009D58D4"/>
+    <w:rsid w:val="00A14F9F"/>
+    <w:rsid w:val="00A16A87"/>
+    <w:rsid w:val="00A21017"/>
+    <w:rsid w:val="00A21B70"/>
+    <w:rsid w:val="00A21C2C"/>
+    <w:rsid w:val="00A36079"/>
+    <w:rsid w:val="00A567B2"/>
+    <w:rsid w:val="00A75337"/>
+    <w:rsid w:val="00A84A16"/>
+    <w:rsid w:val="00A93CF8"/>
+    <w:rsid w:val="00A93DBE"/>
+    <w:rsid w:val="00A94677"/>
+    <w:rsid w:val="00AB6F30"/>
+    <w:rsid w:val="00AC3B4A"/>
+    <w:rsid w:val="00AC5371"/>
+    <w:rsid w:val="00AD2AF0"/>
+    <w:rsid w:val="00AD6DBA"/>
+    <w:rsid w:val="00AE06E1"/>
+    <w:rsid w:val="00AF1947"/>
+    <w:rsid w:val="00AF1C33"/>
+    <w:rsid w:val="00B0341B"/>
+    <w:rsid w:val="00B10250"/>
+    <w:rsid w:val="00B15309"/>
+    <w:rsid w:val="00B15B4A"/>
+    <w:rsid w:val="00B17252"/>
+    <w:rsid w:val="00B3424A"/>
+    <w:rsid w:val="00B45B41"/>
+    <w:rsid w:val="00B469DE"/>
+    <w:rsid w:val="00B67793"/>
+    <w:rsid w:val="00B74299"/>
+    <w:rsid w:val="00B76B8A"/>
+    <w:rsid w:val="00B7780D"/>
     <w:rsid w:val="00B92C64"/>
-    <w:rsid w:val="00B9719A"/>
-[...48 lines deleted...]
-    <w:rsid w:val="00FF6B52"/>
+    <w:rsid w:val="00BA1FF6"/>
+    <w:rsid w:val="00BB0B18"/>
+    <w:rsid w:val="00BE1C23"/>
+    <w:rsid w:val="00BF7547"/>
+    <w:rsid w:val="00BF7CD4"/>
+    <w:rsid w:val="00C03309"/>
+    <w:rsid w:val="00C0330A"/>
+    <w:rsid w:val="00C211B1"/>
+    <w:rsid w:val="00C24CDF"/>
+    <w:rsid w:val="00C41734"/>
+    <w:rsid w:val="00C46693"/>
+    <w:rsid w:val="00C51341"/>
+    <w:rsid w:val="00C551C9"/>
+    <w:rsid w:val="00C570B7"/>
+    <w:rsid w:val="00C624D7"/>
+    <w:rsid w:val="00C645D6"/>
+    <w:rsid w:val="00C86695"/>
+    <w:rsid w:val="00C91EC2"/>
+    <w:rsid w:val="00C930A8"/>
+    <w:rsid w:val="00CA3EF3"/>
+    <w:rsid w:val="00CA5919"/>
+    <w:rsid w:val="00CB0674"/>
+    <w:rsid w:val="00CB4594"/>
+    <w:rsid w:val="00CC0CFF"/>
+    <w:rsid w:val="00CD2BC9"/>
+    <w:rsid w:val="00CE0F40"/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rsid w:val="00CE5610"/>
+    <w:rsid w:val="00CE6DA6"/>
+    <w:rsid w:val="00CF0AB4"/>
+    <w:rsid w:val="00CF6FB1"/>
+    <w:rsid w:val="00D168AB"/>
+    <w:rsid w:val="00D302EC"/>
+    <w:rsid w:val="00D336F6"/>
+    <w:rsid w:val="00D51891"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rsid w:val="00D55B36"/>
+    <w:rsid w:val="00D70BF5"/>
+    <w:rsid w:val="00D805D2"/>
+    <w:rsid w:val="00D94A6D"/>
+    <w:rsid w:val="00D95630"/>
+    <w:rsid w:val="00D96242"/>
+    <w:rsid w:val="00DB1AE2"/>
+    <w:rsid w:val="00DC6830"/>
+    <w:rsid w:val="00DD2261"/>
+    <w:rsid w:val="00DD5AB4"/>
+    <w:rsid w:val="00DD774D"/>
+    <w:rsid w:val="00DE501B"/>
+    <w:rsid w:val="00DF678A"/>
+    <w:rsid w:val="00E10B4E"/>
+    <w:rsid w:val="00E1525C"/>
+    <w:rsid w:val="00E163EA"/>
+    <w:rsid w:val="00E37B2F"/>
+    <w:rsid w:val="00E63D93"/>
+    <w:rsid w:val="00E760F7"/>
+    <w:rsid w:val="00E76D89"/>
+    <w:rsid w:val="00E976BD"/>
+    <w:rsid w:val="00EA0B8D"/>
+    <w:rsid w:val="00EB5AB5"/>
+    <w:rsid w:val="00EB6808"/>
+    <w:rsid w:val="00EC0FEA"/>
+    <w:rsid w:val="00EC2BA3"/>
+    <w:rsid w:val="00EC2FF8"/>
+    <w:rsid w:val="00EC4174"/>
+    <w:rsid w:val="00EE3D28"/>
+    <w:rsid w:val="00EE616B"/>
+    <w:rsid w:val="00EF071D"/>
+    <w:rsid w:val="00EF08D3"/>
+    <w:rsid w:val="00EF1CB0"/>
+    <w:rsid w:val="00F22DDA"/>
+    <w:rsid w:val="00F25C65"/>
+    <w:rsid w:val="00F26268"/>
+    <w:rsid w:val="00F6198D"/>
+    <w:rsid w:val="00F63B0D"/>
+    <w:rsid w:val="00F87AF8"/>
+    <w:rsid w:val="00F95BE3"/>
+    <w:rsid w:val="00FA0F96"/>
+    <w:rsid w:val="00FA25D8"/>
+    <w:rsid w:val="00FC134D"/>
+    <w:rsid w:val="00FC6F66"/>
+    <w:rsid w:val="00FD32F5"/>
+    <w:rsid w:val="00FE2220"/>
+    <w:rsid w:val="00FE5108"/>
+    <w:rsid w:val="00FF2C7C"/>
+    <w:rsid w:val="00FF3C85"/>
+    <w:rsid w:val="00FF5821"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="68A9C5CB"/>
+  <w14:docId w14:val="5D1AD366"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{C9FFD4B6-4E54-43DC-B06F-DCE7ACE180E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...39 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -2266,52 +5871,52 @@
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
-    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
@@ -2375,902 +5980,3768 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006251F1"/>
+    <w:rsid w:val="00CE230C"/>
     <w:pPr>
-      <w:spacing w:before="264"/>
+      <w:spacing w:after="240" w:line="278" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3C3C3C"/>
       <w:sz w:val="22"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis1Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A048C7"/>
+    <w:rsid w:val="00B15309"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="500"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis2Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A048C7"/>
+    <w:rsid w:val="007B4C5D"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="320"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis3Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="00F6198D"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:b/>
-      <w:bCs/>
-      <w:szCs w:val="26"/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normln"/>
+    <w:basedOn w:val="Nadpis3"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis4Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="007B4C5D"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240"/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis5Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="000002E9"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis6Char"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="007B4C5D"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:ind w:left="1247" w:hanging="1247"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-      <w:szCs w:val="22"/>
+      <w:color w:val="9B141E"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:link w:val="Nadpis7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE230C"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="000002E9"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:iCs/>
+      <w:color w:val="5A5A5A"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
+    <w:link w:val="Nadpis9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E17191"/>
+    <w:rsid w:val="000002E9"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5A5A5A"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Vaeznaka-hodnotyChar">
-[...5 lines deleted...]
-      <w:sz w:val="17"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
+    <w:name w:val="Nadpis 1 Char"/>
+    <w:link w:val="Nadpis1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="00B15309"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis2Char">
+    <w:name w:val="Nadpis 2 Char"/>
+    <w:link w:val="Nadpis2"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007B4C5D"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
+    <w:name w:val="Nadpis 3 Char"/>
+    <w:link w:val="Nadpis3"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="00F6198D"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
-[...9 lines deleted...]
-    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis4Char">
+    <w:name w:val="Nadpis 4 Char"/>
+    <w:link w:val="Nadpis4"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007B4C5D"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
+      <w:color w:val="003C78"/>
       <w:sz w:val="24"/>
-    </w:rPr>
-[...20 lines deleted...]
-    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis5Char">
+    <w:name w:val="Nadpis 5 Char"/>
+    <w:link w:val="Nadpis5"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="000002E9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
-      <w:sz w:val="18"/>
-[...50 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis6Char">
+    <w:name w:val="Nadpis 6 Char"/>
+    <w:link w:val="Nadpis6"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007B4C5D"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="9B141E"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis7Char">
+    <w:name w:val="Nadpis 7 Char"/>
+    <w:link w:val="Nadpis7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis8Char">
+    <w:name w:val="Nadpis 8 Char"/>
+    <w:link w:val="Nadpis8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000002E9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="5A5A5A"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis9Char">
+    <w:name w:val="Nadpis 9 Char"/>
+    <w:link w:val="Nadpis9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000002E9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5A5A5A"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
-    <w:rsid w:val="00173C47"/>
+    <w:link w:val="ZhlavChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004751FB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:before="0"/>
-      <w:jc w:val="right"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
+    <w:name w:val="Záhlaví Char"/>
+    <w:link w:val="Zhlav"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="004751FB"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zpat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZpatChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004751FB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
+    <w:name w:val="Zápatí Char"/>
+    <w:link w:val="Zpat"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="004751FB"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odkaznakoment">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E37B2F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Podpisy">
-[...10 lines deleted...]
-    <w:name w:val="Normal Indent"/>
+  <w:style w:type="paragraph" w:styleId="Textkomente">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normln"/>
+    <w:link w:val="TextkomenteChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BA3916"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E37B2F"/>
     <w:pPr>
-      <w:ind w:left="708"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...25 lines deleted...]
-    <w:basedOn w:val="Seznamsodrkami"/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomenteChar">
+    <w:name w:val="Text komentáře Char"/>
+    <w:link w:val="Textkomente"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00650FB3"/>
+    <w:locked/>
+    <w:rsid w:val="00E37B2F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pedmtkomente">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textkomente"/>
+    <w:next w:val="Textkomente"/>
+    <w:link w:val="PedmtkomenteChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E37B2F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
+    <w:name w:val="Předmět komentáře Char"/>
+    <w:link w:val="Pedmtkomente"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00E37B2F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nzev">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="NzevChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C0330A"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:ind w:left="641" w:hanging="357"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="6" w:color="003C78"/>
+      </w:pBdr>
+      <w:spacing w:before="5800" w:after="480" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="List Bullet"/>
+    <w:rPr>
+      <w:color w:val="003C78"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NzevChar">
+    <w:name w:val="Název Char"/>
+    <w:link w:val="Nzev"/>
+    <w:uiPriority w:val="10"/>
+    <w:locked/>
+    <w:rsid w:val="00C0330A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="003C78"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="9B141E"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nevyeenzmnka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF5821"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlavikaploha">
+    <w:name w:val="Hlavička příloha"/>
     <w:basedOn w:val="Normln"/>
-    <w:link w:val="SeznamsodrkamiChar"/>
-    <w:rsid w:val="00970BB2"/>
+    <w:link w:val="HlavikaplohaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
     <w:pPr>
-      <w:numPr>
-[...6 lines deleted...]
-      <w:ind w:left="641" w:hanging="357"/>
+      <w:ind w:left="-142" w:right="-45"/>
     </w:pPr>
-  </w:style>
-[...19 lines deleted...]
-      <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+    <w:rPr>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="OdstavecseseznamemChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00820E8F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HlavikaplohaChar">
+    <w:name w:val="Hlavička příloha Char"/>
+    <w:link w:val="Hlavikaploha"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="14"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normlntabulka"/>
-    <w:rsid w:val="00775907"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Odkaznakoment">
-[...1 lines deleted...]
-    <w:basedOn w:val="Standardnpsmoodstavce"/>
+  <w:style w:type="table" w:styleId="Prosttabulka3">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="43"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svtlmkatabulky">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Barevntabulkasmkou7zvraznn2">
+    <w:name w:val="Grid Table 7 Colorful Accent 2"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="00FC134D"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="002E5A"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B1D9FF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B1D9FF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="158EFF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Barevntabulkasmkou6zvraznn1">
+    <w:name w:val="Grid Table 6 Colorful Accent 1"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="750524"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F6386D"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F6386D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F6386D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FCBCCE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FCBCCE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Barevntabulkasmkou6">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3D3D3D"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8A8A8A"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8A8A8A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8A8A8A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svtltabulkasmkou1">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00D54C2A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B1B1B1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8A8A8A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="8A8A8A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Prosttabulka4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="000A5C08"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Prosttabulka1">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="41"/>
+    <w:rsid w:val="000A5C08"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Prosttabulka5">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="45"/>
+    <w:rsid w:val="000A5C08"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9D9D9D"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODtabulkahorizontln">
+    <w:name w:val="UMPOD tabulka horizontální"/>
+    <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F26268"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3F3F3F"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="113" w:type="dxa"/>
+        <w:bottom w:w="113" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:afterLines="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="63B3FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODtabulkavertikln">
+    <w:name w:val="UMPOD tabulka vertikální"/>
+    <w:basedOn w:val="UMPODtabulkahorizontln"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FA25D8"/>
+    <w:tblPr/>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:color w:val="3F3F3F"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:afterLines="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="63B3FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODtabulkahorizintlnavertikln">
+    <w:name w:val="UMPOD tabulka horizintální a vertikální"/>
+    <w:basedOn w:val="UMPODtabulkavertikln"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F26268"/>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="3F3F3F"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:afterLines="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="63B3FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODtabulkaobecn">
+    <w:name w:val="UMPOD tabulka obecná"/>
+    <w:basedOn w:val="UMPODtabulkahorizontln"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006965B2"/>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:afterLines="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="63B3FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svtltabulkasmkou1zvraznn1">
+    <w:name w:val="Grid Table 1 Light Accent 1"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00950893"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F97A9D"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F6386D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="F6386D"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODseznamzkratek">
+    <w:name w:val="UMPOD seznam zkratek"/>
+    <w:basedOn w:val="UMPODtabulkaobecn"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FA25D8"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:beforeAutospacing="0" w:afterLines="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+        <w:mirrorIndents/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:color w:val="3F3F3F"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:afterLines="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:color w:val="63B3FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:color w:val="3F3F3F"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9B141E"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B4B4B4"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pehledploh">
+    <w:name w:val="Přehled příloh"/>
+    <w:basedOn w:val="Odstavecseseznamem"/>
+    <w:link w:val="PehledplohChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FE2220"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="26"/>
+      </w:numPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="4" w:color="9B141E"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="113" w:firstLine="57"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textpoznpodarou">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="TextpoznpodarouChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00775907"/>
-    <w:rPr>
+    <w:rsid w:val="00B3424A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
+    <w:name w:val="Text pozn. pod čarou Char"/>
+    <w:link w:val="Textpoznpodarou"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00B3424A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OdstavecseseznamemChar">
+    <w:name w:val="Odstavec se seznamem Char"/>
+    <w:link w:val="Odstavecseseznamem"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00224B4C"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PehledplohChar">
+    <w:name w:val="Přehled příloh Char"/>
+    <w:link w:val="Pehledploh"/>
+    <w:locked/>
+    <w:rsid w:val="00FE2220"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Znakapoznpodarou">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B3424A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Poznmkapodarou">
+    <w:name w:val="Poznámka pod čarou"/>
+    <w:basedOn w:val="Textpoznpodarou"/>
+    <w:link w:val="PoznmkapodarouChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00020470"/>
+    <w:rPr>
+      <w:sz w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nadpisobsahu">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Nadpis1"/>
+    <w:next w:val="Normln"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="120" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoznmkapodarouChar">
+    <w:name w:val="Poznámka pod čarou Char"/>
+    <w:link w:val="Poznmkapodarou"/>
+    <w:locked/>
+    <w:rsid w:val="00020470"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D05C3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D05C3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D05C3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="400"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0042083C"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="600"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0042083C"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="800"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Obsah6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0042083C"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1000"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnadpis">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="PodnadpisChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C720B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnadpisChar">
+    <w:name w:val="Podnadpis Char"/>
+    <w:link w:val="Podnadpis"/>
+    <w:uiPriority w:val="11"/>
+    <w:locked/>
+    <w:rsid w:val="007C720B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zstupntext">
+    <w:name w:val="Placeholder Text"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00334381"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textvtabulce">
+    <w:name w:val="Text v tabulce"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="TextvtabulceChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00341CEE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextvtabulceChar">
+    <w:name w:val="Text v tabulce Char"/>
+    <w:link w:val="Textvtabulce"/>
+    <w:locked/>
+    <w:rsid w:val="00341CEE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznnjemn">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B75CE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:color w:val="6D6D6D"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznn">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B75CE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zdraznnintenzivn">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:color w:val="9B141E"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="CittChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CittChar">
+    <w:name w:val="Citát Char"/>
+    <w:link w:val="Citt"/>
+    <w:uiPriority w:val="29"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nzevknihy">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B75CE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Popisektabulkyneboobrzku">
+    <w:name w:val="Popisek tabulky nebo obrázku"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="PopisektabulkyneboobrzkuChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00310646"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PopisektabulkyneboobrzkuChar">
+    <w:name w:val="Popisek tabulky nebo obrázku Char"/>
+    <w:link w:val="Popisektabulkyneboobrzku"/>
+    <w:locked/>
+    <w:rsid w:val="00310646"/>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Vrokovst">
+    <w:name w:val="Výroková část"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="VrokovstChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D94A6D"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:spacing w:val="60"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Vrok">
+    <w:name w:val="Výrok"/>
+    <w:basedOn w:val="Odstavecseseznamem"/>
+    <w:link w:val="VrokChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B558C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="52"/>
+      </w:numPr>
+      <w:ind w:left="426" w:hanging="426"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrokovstChar">
+    <w:name w:val="Výroková část Char"/>
+    <w:link w:val="Vrokovst"/>
+    <w:locked/>
+    <w:rsid w:val="00D94A6D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="3F3F3F"/>
+      <w:spacing w:val="60"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rozen3b">
+    <w:name w:val="Rozšíření 3b"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="Rozen3bChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="000247EF"/>
+    <w:rPr>
+      <w:spacing w:val="60"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrokChar">
+    <w:name w:val="Výrok Char"/>
+    <w:link w:val="Vrok"/>
+    <w:locked/>
+    <w:rsid w:val="005B558C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Oslovendokumentu">
+    <w:name w:val="Oslovení dokumentu"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="OslovendokumentuChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D94A6D"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rozen3bChar">
+    <w:name w:val="Rozšíření 3b Char"/>
+    <w:link w:val="Rozen3b"/>
+    <w:locked/>
+    <w:rsid w:val="000247EF"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:spacing w:val="60"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Doplnit">
+    <w:name w:val="Doplnit"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="DoplnitChar"/>
+    <w:rsid w:val="00A21B70"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OslovendokumentuChar">
+    <w:name w:val="Oslovení dokumentu Char"/>
+    <w:link w:val="Oslovendokumentu"/>
+    <w:locked/>
+    <w:rsid w:val="00D94A6D"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DNzevrozhodnut">
+    <w:name w:val="1D_Název rozhodnutí"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="1DNzevrozhodnutChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="003C78"/>
+      <w:spacing w:val="120"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DoplnitChar">
+    <w:name w:val="Doplnit Char"/>
+    <w:link w:val="Doplnit"/>
+    <w:locked/>
+    <w:rsid w:val="00A21B70"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1DNzevrozhodnutChar">
+    <w:name w:val="1D_Název rozhodnutí Char"/>
+    <w:link w:val="1DNzevrozhodnut"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="003C78"/>
+      <w:spacing w:val="120"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="voddoppapru11b">
+    <w:name w:val="Úvod dop. papíru 11b"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="voddoppapru11bChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="voddoppapru11bChar">
+    <w:name w:val="Úvod dop. papíru 11b Char"/>
+    <w:link w:val="voddoppapru11b"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="22"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Odvodnnapouen">
+    <w:name w:val="Odůvodnění a poučení"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="OdvodnnapouenChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D10E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OdvodnnapouenChar">
+    <w:name w:val="Odůvodnění a poučení Char"/>
+    <w:link w:val="Odvodnnapouen"/>
+    <w:locked/>
+    <w:rsid w:val="009D10E7"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="3F3F3F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CNadpisppisu">
+    <w:name w:val="1C_Nadpis přípisu"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="1CNadpisppisuChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B558C"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:right="1134"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="003C78"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1CNadpisppisuChar">
+    <w:name w:val="1C_Nadpis přípisu Char"/>
+    <w:link w:val="1CNadpisppisu"/>
+    <w:locked/>
+    <w:rsid w:val="005B558C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMPODtabulkapropodpis">
+    <w:name w:val="UMPOD tabulka pro podpis"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00373167"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="142" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EPodpisGinis">
+    <w:name w:val="1E_Podpis Ginis"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="1EPodpisGinisChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B7780D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="600" w:after="0"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1EPodpisGinisChar">
+    <w:name w:val="1E_Podpis Ginis Char"/>
+    <w:link w:val="1EPodpisGinis"/>
+    <w:locked/>
+    <w:rsid w:val="00762287"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Monostvolby">
+    <w:name w:val="Možnost volby"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="MonostvolbyChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00711C3F"/>
+    <w:rPr>
+      <w:color w:val="63B3FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MonostvolbyChar">
+    <w:name w:val="Možnost volby Char"/>
+    <w:link w:val="Monostvolby"/>
+    <w:locked/>
+    <w:rsid w:val="00711C3F"/>
+    <w:rPr>
+      <w:color w:val="63B3FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="voddoppapru9b">
+    <w:name w:val="Úvod dop. papíru 9b"/>
+    <w:basedOn w:val="voddoppapru11b"/>
+    <w:link w:val="voddoppapru9bChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="vodnrozloen">
+    <w:name w:val="Úvodní rozložení"/>
+    <w:basedOn w:val="Normlntabulka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C235F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="227" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="227" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="voddoppapru9bChar">
+    <w:name w:val="Úvod dop. papíru 9b Char"/>
+    <w:link w:val="voddoppapru9b"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ANadpisprodopisnpapr">
+    <w:name w:val="1A_Nadpis pro dopisní papír"/>
+    <w:link w:val="1ANadpisprodopisnpaprChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B558C"/>
+    <w:pPr>
+      <w:spacing w:before="600" w:after="600" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FPodpismimoGinis">
+    <w:name w:val="1F_Podpis mimo Ginis"/>
+    <w:basedOn w:val="1EPodpisGinis"/>
+    <w:link w:val="1FPodpismimoGinisChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012045E"/>
+    <w:pPr>
+      <w:spacing w:before="1400"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1ANadpisprodopisnpaprChar">
+    <w:name w:val="1A_Nadpis pro dopisní papír Char"/>
+    <w:link w:val="1ANadpisprodopisnpapr"/>
+    <w:locked/>
+    <w:rsid w:val="005B558C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1GPodpistext">
+    <w:name w:val="1G_Podpis text"/>
+    <w:basedOn w:val="1EPodpisGinis"/>
+    <w:link w:val="1GPodpistextChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012045E"/>
+    <w:pPr>
+      <w:spacing w:before="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1FPodpismimoGinisChar">
+    <w:name w:val="1F_Podpis mimo Ginis Char"/>
+    <w:link w:val="1FPodpismimoGinis"/>
+    <w:locked/>
+    <w:rsid w:val="0012045E"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlavikaprotokolnadpis">
+    <w:name w:val="Hlavička protokol nadpis"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="HlavikaprotokolnadpisChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1GPodpistextChar">
+    <w:name w:val="1G_Podpis text Char"/>
+    <w:link w:val="1GPodpistext"/>
+    <w:locked/>
+    <w:rsid w:val="0012045E"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HlavikaprotokolnadpisChar">
+    <w:name w:val="Hlavička protokol nadpis Char"/>
+    <w:link w:val="Hlavikaprotokolnadpis"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlavikaprotokol">
+    <w:name w:val="Hlavička protokol"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="HlavikaprotokolChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="003C78"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
-[...3 lines deleted...]
-    <w:name w:val="annotation text"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HlavikaprotokolChar">
+    <w:name w:val="Hlavička protokol Char"/>
+    <w:link w:val="Hlavikaprotokol"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="22"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="lnek">
+    <w:name w:val="Článek"/>
     <w:basedOn w:val="Normln"/>
-    <w:link w:val="TextkomenteChar"/>
+    <w:link w:val="lnekChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CC0CFF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="300"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="lnekChar">
+    <w:name w:val="Článek Char"/>
+    <w:link w:val="lnek"/>
+    <w:locked/>
+    <w:rsid w:val="00CC0CFF"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Odstavecmskslice">
+    <w:name w:val="Odstavec (římská číslice)"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="OdstavecmsksliceChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF1947"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="300"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OdstavecmsksliceChar">
+    <w:name w:val="Odstavec (římská číslice) Char"/>
+    <w:link w:val="Odstavecmskslice"/>
+    <w:locked/>
+    <w:rsid w:val="00AF1947"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="slovanseznam">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00775907"/>
+    <w:rsid w:val="00D302EC"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="120"/>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Seznam">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normln"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BB0B18"/>
+    <w:pPr>
+      <w:ind w:left="283" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="lnektextsodrkami">
+    <w:name w:val="Článek text s odrážkami"/>
+    <w:basedOn w:val="Odstavecseseznamem"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A3124"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-      <w:szCs w:val="20"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezmezer">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="3C3C3C"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomenteChar">
-[...7 lines deleted...]
-      <w:color w:val="4B4B4D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlavikavcestrnkovhodokumentu-nadpis">
+    <w:name w:val="Hlavička vícestránkového dokumentu - nadpis"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="Hlavikavcestrnkovhodokumentu-nadpisChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hlavikavcestrnkovhodokumentu-nadpisChar">
+    <w:name w:val="Hlavička vícestránkového dokumentu - nadpis Char"/>
+    <w:link w:val="Hlavikavcestrnkovhodokumentu-nadpis"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nzevprojektu">
+    <w:name w:val="Název projektu"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="NzevprojektuChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A75AA"/>
+    <w:pPr>
+      <w:spacing w:before="600"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Siln">
+    <w:name w:val="Strong"/>
+    <w:aliases w:val="Tučné"/>
+    <w:uiPriority w:val="22"/>
+    <w:rsid w:val="00C86695"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NzevprojektuChar">
+    <w:name w:val="Název projektu Char"/>
+    <w:link w:val="Nzevprojektu"/>
+    <w:locked/>
+    <w:rsid w:val="009A75AA"/>
+    <w:rPr>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlavikavcestrnkovmdokumentu-text">
+    <w:name w:val="Hlavička vícestránkovém dokumentu - text"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="Hlavikavcestrnkovmdokumentu-textChar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="margin" w:y="2266"/>
+      <w:spacing w:after="0"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hlavikavcestrnkovmdokumentu-textChar">
+    <w:name w:val="Hlavička vícestránkovém dokumentu - text Char"/>
+    <w:link w:val="Hlavikavcestrnkovmdokumentu-text"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:noProof/>
+      <w:color w:val="3C3C3C"/>
+      <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titulek">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="TextbublinyChar"/>
-    <w:rsid w:val="00775907"/>
-[...31 lines deleted...]
-    <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008F068C"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EB6808"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
+    <w:name w:val="Text bubliny Char"/>
+    <w:link w:val="Textbubliny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00EB6808"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Times New Roman"/>
+      <w:color w:val="3F3F3F"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1BPodnadpisprodopisnpapr">
+    <w:name w:val="1B_Podnadpis pro dopisní papír"/>
+    <w:basedOn w:val="1ANadpisprodopisnpapr"/>
+    <w:link w:val="1BPodnadpisprodopisnpaprChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B558C"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1BPodnadpisprodopisnpaprChar">
+    <w:name w:val="1B_Podnadpis pro dopisní papír Char"/>
+    <w:link w:val="1BPodnadpisprodopisnpapr"/>
+    <w:locked/>
+    <w:rsid w:val="005B558C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="003C78"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisyChar">
+    <w:name w:val="Podpisy Char"/>
+    <w:link w:val="Podpisy"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00FC6F66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Podpisy">
+    <w:name w:val="Podpisy"/>
+    <w:link w:val="PodpisyChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FC6F66"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Vrazncitt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normln"/>
+    <w:next w:val="Normln"/>
+    <w:link w:val="VrazncittChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00CE230C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="9B141E"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrazncittChar">
+    <w:name w:val="Výrazný citát Char"/>
+    <w:link w:val="Vrazncitt"/>
+    <w:uiPriority w:val="30"/>
+    <w:locked/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="9B141E"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odkazjemn">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:smallCaps/>
+      <w:color w:val="3C3C3C"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odkazintenzivn">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="00CE230C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="9B141E"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Seznamstyl2">
+    <w:name w:val="Seznam styl 2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Styl2">
+    <w:name w:val="Styl2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="51"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="UMPOD">
+    <w:name w:val="UMPOD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="25"/>
+      </w:numPr>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1234465393">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1725332550">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1811091935">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1725332551">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1725332552">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umpod.cz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podatelna@umpod.cz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umpod.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podatelna@umpod.gov.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umpod.cz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podatelna@umpod.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umpod.cz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:podatelna@umpod.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv systému Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
-    <a:clrScheme name="Kancelář">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kancelář">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate/>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B33BF365-D01D-4F50-A729-F11AE38467E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>370</Words>
-  <Characters>2188</Characters>
+  <Words>373</Words>
+  <Characters>2204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2553</CharactersWithSpaces>
+  <CharactersWithSpaces>2572</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:subject/>
+  <dc:creator>Tony Bony</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>